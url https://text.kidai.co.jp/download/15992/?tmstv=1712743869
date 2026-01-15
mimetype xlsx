--- v0 (2025-11-03)
+++ v1 (2026-01-15)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\02-教材ＤＬサイト関係\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{93A02FBF-3A49-4530-B83D-7DD4790BDF04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{10986EC6-AC59-4168-8312-3248B7C01FD7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="0" windowWidth="29040" windowHeight="15720" xr2:uid="{5871C2B5-388F-42B4-ABAF-01EB8420E511}"/>
   </bookViews>
   <sheets>
     <sheet name="iPhone" sheetId="2" r:id="rId1"/>
     <sheet name="Android" sheetId="1" r:id="rId2"/>
     <sheet name="iPad" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Android!$A:$E</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">iPad!$A:$E</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">iPhone!$A:$E</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="682" uniqueCount="559">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="572">
   <si>
     <t>Androidテキスト一覧</t>
   </si>
   <si>
     <t>OS</t>
   </si>
   <si>
     <t>商品コード</t>
   </si>
   <si>
     <t>テキスト名</t>
   </si>
   <si>
     <t>ページ数</t>
   </si>
   <si>
     <t>内容</t>
   </si>
   <si>
     <t>Android14</t>
   </si>
   <si>
     <t>AN39CU</t>
   </si>
   <si>
@@ -587,53 +587,50 @@
   <si>
     <t>45-モバイルSuica（Android）</t>
   </si>
   <si>
     <t>スマートフォンにモバイルSuicaをインストールして、キャッシュレス決済を行います。</t>
   </si>
   <si>
     <t>iPhoneテキスト一覧</t>
   </si>
   <si>
     <t>iOS17</t>
   </si>
   <si>
     <t>PH3XU1</t>
   </si>
   <si>
     <t>01-iPhoneの初期設定（iOS17）~ホームボタンあり~</t>
   </si>
   <si>
     <t>Phoneの初期設定の仕方を学習します。電源の入れ方から、iPhoneが使えるようになるまでの設定の仕方を学習します。Wi-Fiの設定時にSSIDの選択をしたり、文字を入力などを行います。SSIDが分からなかったり、文字の入力が難しい方には講師がフォローするか、初期設定を代わりに行ってください。</t>
   </si>
   <si>
     <t>PH3XU2</t>
   </si>
   <si>
-    <t>01-iPhoneの初期設定（iOS17）~ホームボタン無し~</t>
-[...1 lines deleted...]
-  <si>
     <t>PH3XWV</t>
   </si>
   <si>
     <t>02-iPhoneの基本操作（iOS17）~ホームボタンあり~</t>
   </si>
   <si>
     <t>PH3XWW</t>
   </si>
   <si>
     <t>02-iPhoneの基本操作（iOS17）~ホームボタン無し~</t>
   </si>
   <si>
     <t>PH3Y10</t>
   </si>
   <si>
     <t>03_1-iPhone基本設定（iOS17）~ホームボタンあり~</t>
   </si>
   <si>
     <t>iPhoneのモデル番号やシリアル番号、容量の確認の仕方、システムアップデート方法、画面の明るさや文字の大きさ等iPhoneを使う上で必要な設定の仕方を学習します。</t>
   </si>
   <si>
     <t>PH3Y11</t>
   </si>
   <si>
     <t>03_1-iPhone基本設定（iOS17）~ホームボタン無し~</t>
@@ -689,57 +686,51 @@
   <si>
     <t>PH3YC5</t>
   </si>
   <si>
     <t>07-カレンダー（iOS17）</t>
   </si>
   <si>
     <t>PH3YF0</t>
   </si>
   <si>
     <t>PH3YHU</t>
   </si>
   <si>
     <t>メールアプリを使って、メールの送受信、アドレス登録、画像の添付等の学習を学習します。</t>
   </si>
   <si>
     <t>PHN3YA</t>
   </si>
   <si>
     <t>10-Googleマップ（iOS）</t>
   </si>
   <si>
     <t>PHN425</t>
   </si>
   <si>
-    <t>11-インターネット入門（iOS）</t>
-[...1 lines deleted...]
-  <si>
     <t>PHN450</t>
-  </si>
-[...1 lines deleted...]
-    <t>12-ネットショッピング練習（iOS）</t>
   </si>
   <si>
     <t>PHN47U</t>
   </si>
   <si>
     <t>13-Amazonショッピング（iOS）</t>
   </si>
   <si>
     <t>PHN4AP</t>
   </si>
   <si>
     <t>14-Yahoo天気（iOS）</t>
   </si>
   <si>
     <t>Yahoo!天気アプリで天気予報や災害情報を得る方法を学習します。</t>
   </si>
   <si>
     <t>PHN4DK</t>
   </si>
   <si>
     <t>15-クラシル（iOS）</t>
   </si>
   <si>
     <t>PHN4GF</t>
   </si>
@@ -1356,53 +1347,50 @@
   </si>
   <si>
     <t>42_4-オリジナルグッズ作成トートバッグ編（iOS）</t>
   </si>
   <si>
     <t>端末に保存された写真を利用してオリジナルトートバッグを作成します。</t>
   </si>
   <si>
     <t>ANN6LU</t>
   </si>
   <si>
     <t>42_4-オリジナルグッズ作成トートバッグ編（Android）</t>
   </si>
   <si>
     <t>25-Google翻訳（Android）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>28-オンライン会議（Android）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>PH470Q</t>
   </si>
   <si>
-    <t>01-iPhoneの初期設定（iOS18）~ホームボタンあり~</t>
-[...1 lines deleted...]
-  <si>
     <t>iPhoneの初期設定の仕方を学習します。電源の入れ方から、iPhoneが使えるようになるまでの設定の仕方を学習します。Wi-Fiの設定時にSSIDの選択をしたり、文字を入力などを行います。SSIDが分からなかったり、文字の入力が難しい方には講師がフォローするか、初期設定を代わりに行ってください。</t>
   </si>
   <si>
     <t>PH470R</t>
   </si>
   <si>
     <t>01-iPhoneの初期設定（iOS18）~ホームボタン無し~</t>
   </si>
   <si>
     <t>PH473L</t>
   </si>
   <si>
     <t>02-iPhoneの基本操作（iOS18）~ホームボタンあり~</t>
   </si>
   <si>
     <t>PH473M</t>
   </si>
   <si>
     <t>02-iPhoneの基本操作（iOS18）~ホームボタン無し~</t>
   </si>
   <si>
     <t>iOS18</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -1467,57 +1455,50 @@
   </si>
   <si>
     <t>PA4770</t>
   </si>
   <si>
     <t>01-iPad初期設定（iPadOS18）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>02-iPadの基本操作（iPadOS18）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>03_1-iPad基本設定（iPadOS18）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>03_2-AppStore初期設定（iPadOS18）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>PH47HU</t>
   </si>
   <si>
     <t>07-カレンダー（iOS18）</t>
-  </si>
-[...5 lines deleted...]
-    <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>41-楽天マート（iOS）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>楽天マート（ネットスーパー）でお買い物をする方法を学習します。※楽天アカウントを利用してログインしますので、楽天（前編）のテキストを先に学習してください。</t>
     <rPh sb="0" eb="2">
       <t>ラクテン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>41-楽天マート（iPadOS）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>41-楽天マート（Android）</t>
     <rPh sb="3" eb="5">
       <t>ラクテン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>06-時計アプリ（iPadOS）</t>
@@ -1755,50 +1736,114 @@
     <t>PH62K0</t>
   </si>
   <si>
     <t>メモアプリを使って、かな入力（フリック入力）や英字入力、記号・絵文字・音声入力など、文字入力の基本操作を総合的に学習します。</t>
   </si>
   <si>
     <t>PH62N5</t>
   </si>
   <si>
     <t>電話アプリを使って、電話のかけ方・受け方から通話中の操作、連絡先の登録や編集、着信拒否やライブ留守番電話などの設定まで、電話機能を総合的に学習します。</t>
   </si>
   <si>
     <t>04-iPhoneで文字入力（iOS26）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>05_1-iPhone電話アプリ（iOS26）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>App Storeの初期設定・アプリインストールとアンインストールの仕方を学習します。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>03_2-AppStore初期設定（iOS26）~ホームボタンあり~</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>PH62NF</t>
+  </si>
+  <si>
+    <t>05_2-SMS（iOS26）</t>
+  </si>
+  <si>
+    <t>PH62PP</t>
+  </si>
+  <si>
+    <t>06-時計アプリ（iOS26）</t>
+  </si>
+  <si>
+    <t>PH62SK</t>
+  </si>
+  <si>
+    <t>07-カレンダー（iOS26）</t>
+  </si>
+  <si>
+    <t>09-メール（iOS26）</t>
+  </si>
+  <si>
+    <t>01-iPhoneの初期設定（iOS18）~ホームボタンあり~</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>09-メール（iOS18）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>01-iPhoneの初期設定（iOS17）~ホームボタン無し~</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>11-インターネット入門（iOS18）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>12-ネットショッピング練習（iOS18）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>PH62YA</t>
+  </si>
+  <si>
+    <t>PH6350</t>
+  </si>
+  <si>
+    <t>11-インターネット入門（iOS26）</t>
+  </si>
+  <si>
+    <t>08-カメラアプリ（iOS18）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>PH62VF</t>
+  </si>
+  <si>
+    <t>08-カメラアプリ（iOS26）</t>
+  </si>
+  <si>
+    <t>スマートフォンのカメラを使って、写真や動画を撮る方法や、撮影した写真・動画の見方、明るさの調整など、日常でよく使う基本的な操作を学習します。</t>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2160,1427 +2205,1511 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6E1B4F2-6C6D-4F0D-A31D-402ABB0A7E53}">
-  <dimension ref="A1:E97"/>
+  <dimension ref="A1:E103"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E7" sqref="E7"/>
+    <sheetView tabSelected="1" topLeftCell="A76" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E87" sqref="E87"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="19.75" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="54.75" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A4" s="1" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="B4" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="C4" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="D4">
         <v>49</v>
       </c>
       <c r="E4" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B5" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="C5" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="D5">
         <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B6" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="C6" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="D6">
         <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B7" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="C7" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="D7">
         <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B8" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="C8" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="D8">
         <v>50</v>
       </c>
       <c r="E8" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B9" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="C9" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="D9">
         <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B10" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="C10" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="D10">
         <v>43</v>
       </c>
       <c r="E10" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B11" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="C11" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="D11">
         <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B12" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="C12" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="D12">
         <v>88</v>
       </c>
       <c r="E12" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B13" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="C13" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="D13">
         <v>95</v>
       </c>
       <c r="E13" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B14" t="s">
+        <v>553</v>
+      </c>
+      <c r="C14" t="s">
         <v>554</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D14">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>436</v>
+        <v>202</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B15" t="s">
-        <v>437</v>
+        <v>555</v>
       </c>
       <c r="C15" t="s">
-        <v>438</v>
+        <v>556</v>
       </c>
       <c r="D15">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>436</v>
+        <v>205</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B16" t="s">
-        <v>439</v>
+        <v>557</v>
       </c>
       <c r="C16" t="s">
-        <v>440</v>
+        <v>558</v>
       </c>
       <c r="D16">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B17" t="s">
-        <v>441</v>
+        <v>569</v>
       </c>
       <c r="C17" t="s">
-        <v>442</v>
+        <v>570</v>
       </c>
       <c r="D17">
-        <v>25</v>
+        <v>88</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>571</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B18" t="s">
-        <v>444</v>
+        <v>565</v>
       </c>
       <c r="C18" t="s">
-        <v>445</v>
+        <v>559</v>
       </c>
       <c r="D18">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="E18" t="s">
-        <v>188</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B19" t="s">
-        <v>446</v>
+        <v>566</v>
       </c>
       <c r="C19" t="s">
-        <v>447</v>
+        <v>567</v>
       </c>
       <c r="D19">
         <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>188</v>
+        <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="A20" t="s">
+        <v>439</v>
+      </c>
       <c r="B20" t="s">
-        <v>448</v>
+        <v>431</v>
       </c>
       <c r="C20" t="s">
-        <v>449</v>
+        <v>560</v>
       </c>
       <c r="D20">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>193</v>
+        <v>432</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B21" t="s">
-        <v>450</v>
+        <v>433</v>
       </c>
       <c r="C21" t="s">
-        <v>451</v>
+        <v>434</v>
       </c>
       <c r="D21">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>193</v>
+        <v>432</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B22" t="s">
-        <v>452</v>
+        <v>435</v>
       </c>
       <c r="C22" t="s">
-        <v>453</v>
+        <v>436</v>
       </c>
       <c r="D22">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="E22" t="s">
-        <v>198</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B23" t="s">
-        <v>454</v>
+        <v>437</v>
       </c>
       <c r="C23" t="s">
-        <v>455</v>
+        <v>438</v>
       </c>
       <c r="D23">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="E23" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B24" t="s">
-        <v>456</v>
+        <v>440</v>
       </c>
       <c r="C24" t="s">
-        <v>457</v>
+        <v>441</v>
       </c>
       <c r="D24">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="E24" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B25" t="s">
-        <v>458</v>
+        <v>442</v>
       </c>
       <c r="C25" t="s">
-        <v>459</v>
+        <v>443</v>
       </c>
       <c r="D25">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="E25" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B26" t="s">
-        <v>469</v>
+        <v>444</v>
       </c>
       <c r="C26" t="s">
-        <v>470</v>
+        <v>445</v>
       </c>
       <c r="D26">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="E26" t="s">
-        <v>37</v>
+        <v>192</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B27" t="s">
-        <v>177</v>
+        <v>446</v>
       </c>
       <c r="C27" t="s">
-        <v>178</v>
+        <v>447</v>
       </c>
       <c r="D27">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E27" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B28" t="s">
-        <v>180</v>
+        <v>448</v>
       </c>
       <c r="C28" t="s">
-        <v>181</v>
+        <v>449</v>
       </c>
       <c r="D28">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="E28" t="s">
-        <v>179</v>
+        <v>197</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B29" t="s">
-        <v>182</v>
+        <v>450</v>
       </c>
       <c r="C29" t="s">
-        <v>183</v>
+        <v>451</v>
       </c>
       <c r="D29">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B30" t="s">
-        <v>184</v>
+        <v>452</v>
       </c>
       <c r="C30" t="s">
-        <v>185</v>
+        <v>453</v>
       </c>
       <c r="D30">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>202</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B31" t="s">
-        <v>186</v>
+        <v>454</v>
       </c>
       <c r="C31" t="s">
-        <v>187</v>
+        <v>455</v>
       </c>
       <c r="D31">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="E31" t="s">
-        <v>188</v>
+        <v>205</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B32" t="s">
-        <v>189</v>
+        <v>465</v>
       </c>
       <c r="C32" t="s">
-        <v>190</v>
+        <v>466</v>
       </c>
       <c r="D32">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="E32" t="s">
-        <v>188</v>
+        <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B33" t="s">
-        <v>191</v>
+        <v>208</v>
       </c>
       <c r="C33" t="s">
-        <v>192</v>
+        <v>568</v>
       </c>
       <c r="D33">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="E33" t="s">
-        <v>193</v>
+        <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B34" t="s">
-        <v>194</v>
+        <v>209</v>
       </c>
       <c r="C34" t="s">
-        <v>195</v>
+        <v>561</v>
       </c>
       <c r="D34">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="E34" t="s">
-        <v>193</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B35" t="s">
-        <v>196</v>
+        <v>213</v>
       </c>
       <c r="C35" t="s">
-        <v>197</v>
+        <v>563</v>
       </c>
       <c r="D35">
+        <v>40</v>
+      </c>
+      <c r="E35" t="s">
         <v>61</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="A36" t="s">
+        <v>176</v>
+      </c>
       <c r="B36" t="s">
-        <v>199</v>
+        <v>177</v>
       </c>
       <c r="C36" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="D36">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E36" t="s">
-        <v>38</v>
+        <v>179</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B37" t="s">
-        <v>201</v>
+        <v>180</v>
       </c>
       <c r="C37" t="s">
-        <v>202</v>
+        <v>562</v>
       </c>
       <c r="D37">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="E37" t="s">
-        <v>203</v>
+        <v>179</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B38" t="s">
-        <v>204</v>
+        <v>181</v>
       </c>
       <c r="C38" t="s">
-        <v>205</v>
+        <v>182</v>
       </c>
       <c r="D38">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E38" t="s">
-        <v>206</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B39" t="s">
-        <v>207</v>
+        <v>183</v>
       </c>
       <c r="C39" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="D39">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E39" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B40" t="s">
-        <v>209</v>
+        <v>185</v>
       </c>
       <c r="C40" t="s">
-        <v>472</v>
+        <v>186</v>
       </c>
       <c r="D40">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="E40" t="s">
-        <v>52</v>
+        <v>187</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B41" t="s">
-        <v>210</v>
+        <v>188</v>
       </c>
       <c r="C41" t="s">
-        <v>471</v>
+        <v>189</v>
       </c>
       <c r="D41">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="E41" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B42" t="s">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="C42" t="s">
-        <v>213</v>
+        <v>191</v>
       </c>
       <c r="D42">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="E42" t="s">
-        <v>58</v>
+        <v>192</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B43" t="s">
-        <v>214</v>
+        <v>193</v>
       </c>
       <c r="C43" t="s">
-        <v>215</v>
+        <v>194</v>
       </c>
       <c r="D43">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E43" t="s">
-        <v>61</v>
+        <v>192</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B44" t="s">
-        <v>216</v>
+        <v>195</v>
       </c>
       <c r="C44" t="s">
-        <v>217</v>
+        <v>196</v>
       </c>
       <c r="D44">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="E44" t="s">
-        <v>64</v>
+        <v>197</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B45" t="s">
-        <v>218</v>
+        <v>198</v>
       </c>
       <c r="C45" t="s">
-        <v>219</v>
+        <v>199</v>
       </c>
       <c r="D45">
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="E45" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B46" t="s">
-        <v>220</v>
+        <v>200</v>
       </c>
       <c r="C46" t="s">
-        <v>221</v>
+        <v>201</v>
       </c>
       <c r="D46">
-        <v>71</v>
+        <v>19</v>
       </c>
       <c r="E46" t="s">
-        <v>222</v>
+        <v>202</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B47" t="s">
-        <v>223</v>
+        <v>203</v>
       </c>
       <c r="C47" t="s">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="D47">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="E47" t="s">
-        <v>73</v>
+        <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B48" t="s">
+        <v>206</v>
+      </c>
+      <c r="C48" t="s">
+        <v>207</v>
+      </c>
+      <c r="D48">
+        <v>29</v>
+      </c>
+      <c r="E48" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="A49" t="s">
+        <v>39</v>
+      </c>
+      <c r="B49" t="s">
+        <v>211</v>
+      </c>
+      <c r="C49" t="s">
+        <v>212</v>
+      </c>
+      <c r="D49">
+        <v>50</v>
+      </c>
+      <c r="E49" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B50" t="s">
+        <v>214</v>
+      </c>
+      <c r="C50" t="s">
+        <v>564</v>
+      </c>
+      <c r="D50">
+        <v>69</v>
+      </c>
+      <c r="E50" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B51" t="s">
+        <v>215</v>
+      </c>
+      <c r="C51" t="s">
+        <v>216</v>
+      </c>
+      <c r="D51">
+        <v>103</v>
+      </c>
+      <c r="E51" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B52" t="s">
+        <v>217</v>
+      </c>
+      <c r="C52" t="s">
+        <v>218</v>
+      </c>
+      <c r="D52">
+        <v>71</v>
+      </c>
+      <c r="E52" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B53" t="s">
+        <v>220</v>
+      </c>
+      <c r="C53" t="s">
+        <v>221</v>
+      </c>
+      <c r="D53">
+        <v>62</v>
+      </c>
+      <c r="E53" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B54" t="s">
+        <v>222</v>
+      </c>
+      <c r="C54" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54">
+        <v>51</v>
+      </c>
+      <c r="E54" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B55" t="s">
         <v>225</v>
       </c>
-      <c r="C48" t="s">
+      <c r="C55" t="s">
         <v>226</v>
       </c>
-      <c r="D48">
+      <c r="D55">
+        <v>107</v>
+      </c>
+      <c r="E55" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B56" t="s">
+        <v>227</v>
+      </c>
+      <c r="C56" t="s">
+        <v>228</v>
+      </c>
+      <c r="D56">
+        <v>111</v>
+      </c>
+      <c r="E56" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B57" t="s">
+        <v>229</v>
+      </c>
+      <c r="C57" t="s">
+        <v>230</v>
+      </c>
+      <c r="D57">
         <v>51</v>
       </c>
-      <c r="E48" t="s">
-[...21 lines deleted...]
-      <c r="C50" t="s">
+      <c r="E57" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B58" t="s">
         <v>231</v>
       </c>
-      <c r="D50">
-[...7 lines deleted...]
-      <c r="B51" t="s">
+      <c r="C58" t="s">
         <v>232</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D58">
+        <v>30</v>
+      </c>
+      <c r="E58" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B59" t="s">
         <v>233</v>
       </c>
-      <c r="D51">
+      <c r="C59" t="s">
+        <v>234</v>
+      </c>
+      <c r="D59">
+        <v>52</v>
+      </c>
+      <c r="E59" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B60" t="s">
+        <v>235</v>
+      </c>
+      <c r="C60" t="s">
+        <v>236</v>
+      </c>
+      <c r="D60">
+        <v>8</v>
+      </c>
+      <c r="E60" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B61" t="s">
+        <v>238</v>
+      </c>
+      <c r="C61" t="s">
+        <v>239</v>
+      </c>
+      <c r="D61">
         <v>51</v>
       </c>
-      <c r="E51" t="s">
-[...41 lines deleted...]
-      <c r="E54" t="s">
+      <c r="E61" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B62" t="s">
         <v>240</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B55" t="s">
+      <c r="C62" t="s">
         <v>241</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D62">
+        <v>28</v>
+      </c>
+      <c r="E62" t="s">
         <v>242</v>
       </c>
-      <c r="D55">
-[...7 lines deleted...]
-      <c r="B56" t="s">
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B63" t="s">
         <v>243</v>
       </c>
-      <c r="C56" t="s">
+      <c r="C63" t="s">
         <v>244</v>
       </c>
-      <c r="D56">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="D63">
+        <v>66</v>
+      </c>
+      <c r="E63" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="B64" t="s">
         <v>245</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B57" t="s">
+      <c r="C64" t="s">
         <v>246</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D64">
+        <v>60</v>
+      </c>
+      <c r="E64" t="s">
         <v>247</v>
-      </c>
-[...102 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="65" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B65" t="s">
-        <v>266</v>
+        <v>248</v>
       </c>
       <c r="C65" t="s">
-        <v>267</v>
+        <v>249</v>
       </c>
       <c r="D65">
-        <v>114</v>
+        <v>80</v>
       </c>
       <c r="E65" t="s">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B66" t="s">
-        <v>268</v>
+        <v>251</v>
       </c>
       <c r="C66" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
       <c r="D66">
-        <v>106</v>
+        <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>128</v>
+        <v>253</v>
       </c>
     </row>
     <row r="67" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B67" t="s">
-        <v>270</v>
+        <v>254</v>
       </c>
       <c r="C67" t="s">
-        <v>271</v>
+        <v>255</v>
       </c>
       <c r="D67">
-        <v>176</v>
+        <v>94</v>
       </c>
       <c r="E67" t="s">
-        <v>272</v>
+        <v>113</v>
       </c>
     </row>
     <row r="68" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B68" t="s">
-        <v>273</v>
+        <v>256</v>
       </c>
       <c r="C68" t="s">
-        <v>274</v>
+        <v>257</v>
       </c>
       <c r="D68">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E68" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
     </row>
     <row r="69" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B69" t="s">
-        <v>275</v>
+        <v>258</v>
       </c>
       <c r="C69" t="s">
-        <v>276</v>
+        <v>259</v>
       </c>
       <c r="D69">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="E69" t="s">
-        <v>137</v>
+        <v>119</v>
       </c>
     </row>
     <row r="70" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B70" t="s">
-        <v>277</v>
+        <v>260</v>
       </c>
       <c r="C70" t="s">
-        <v>278</v>
+        <v>261</v>
       </c>
       <c r="D70">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E70" t="s">
-        <v>140</v>
+        <v>262</v>
       </c>
     </row>
     <row r="71" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B71" t="s">
-        <v>279</v>
+        <v>263</v>
       </c>
       <c r="C71" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
       <c r="D71">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E71" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
     </row>
     <row r="72" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B72" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="C72" t="s">
-        <v>282</v>
+        <v>266</v>
       </c>
       <c r="D72">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="E72" t="s">
-        <v>146</v>
+        <v>128</v>
       </c>
     </row>
     <row r="73" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B73" t="s">
-        <v>283</v>
+        <v>267</v>
       </c>
       <c r="C73" t="s">
-        <v>284</v>
+        <v>268</v>
       </c>
       <c r="D73">
-        <v>135</v>
+        <v>176</v>
       </c>
       <c r="E73" t="s">
-        <v>285</v>
+        <v>269</v>
       </c>
     </row>
     <row r="74" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B74" t="s">
-        <v>286</v>
+        <v>270</v>
       </c>
       <c r="C74" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="D74">
-        <v>141</v>
+        <v>35</v>
       </c>
       <c r="E74" t="s">
-        <v>152</v>
+        <v>134</v>
       </c>
     </row>
     <row r="75" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B75" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="C75" t="s">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="D75">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="E75" t="s">
-        <v>155</v>
+        <v>137</v>
       </c>
     </row>
     <row r="76" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B76" t="s">
-        <v>290</v>
+        <v>274</v>
       </c>
       <c r="C76" t="s">
-        <v>473</v>
+        <v>275</v>
       </c>
       <c r="D76">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="E76" t="s">
-        <v>474</v>
+        <v>140</v>
       </c>
     </row>
     <row r="77" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B77" t="s">
-        <v>291</v>
+        <v>276</v>
       </c>
       <c r="C77" t="s">
-        <v>292</v>
+        <v>277</v>
       </c>
       <c r="D77">
-        <v>80</v>
+        <v>113</v>
       </c>
       <c r="E77" t="s">
-        <v>159</v>
+        <v>143</v>
       </c>
     </row>
     <row r="78" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B78" t="s">
-        <v>293</v>
+        <v>278</v>
       </c>
       <c r="C78" t="s">
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="D78">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="E78" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
     </row>
     <row r="79" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B79" t="s">
-        <v>295</v>
+        <v>280</v>
       </c>
       <c r="C79" t="s">
-        <v>296</v>
+        <v>281</v>
       </c>
       <c r="D79">
-        <v>75</v>
+        <v>135</v>
       </c>
       <c r="E79" t="s">
-        <v>165</v>
+        <v>282</v>
       </c>
     </row>
     <row r="80" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B80" t="s">
-        <v>427</v>
+        <v>283</v>
       </c>
       <c r="C80" t="s">
-        <v>428</v>
+        <v>284</v>
       </c>
       <c r="D80">
-        <v>75</v>
+        <v>141</v>
       </c>
       <c r="E80" t="s">
-        <v>429</v>
+        <v>152</v>
       </c>
     </row>
     <row r="81" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B81" t="s">
-        <v>297</v>
+        <v>285</v>
       </c>
       <c r="C81" t="s">
-        <v>298</v>
+        <v>286</v>
       </c>
       <c r="D81">
-        <v>62</v>
+        <v>122</v>
       </c>
       <c r="E81" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
     </row>
     <row r="82" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B82" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="C82" t="s">
-        <v>300</v>
+        <v>467</v>
       </c>
       <c r="D82">
-        <v>91</v>
+        <v>58</v>
       </c>
       <c r="E82" t="s">
-        <v>301</v>
+        <v>468</v>
       </c>
     </row>
     <row r="83" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B83" t="s">
-        <v>302</v>
+        <v>288</v>
       </c>
       <c r="C83" t="s">
-        <v>303</v>
+        <v>289</v>
       </c>
       <c r="D83">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="E83" t="s">
-        <v>304</v>
+        <v>159</v>
       </c>
     </row>
     <row r="84" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B84" t="s">
-        <v>415</v>
+        <v>290</v>
       </c>
       <c r="C84" t="s">
-        <v>419</v>
+        <v>291</v>
       </c>
       <c r="D84">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E84" t="s">
-        <v>412</v>
+        <v>162</v>
       </c>
     </row>
     <row r="85" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B85" t="s">
-        <v>416</v>
+        <v>292</v>
       </c>
       <c r="C85" t="s">
-        <v>420</v>
+        <v>293</v>
       </c>
       <c r="D85">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="E85" t="s">
-        <v>414</v>
+        <v>165</v>
       </c>
     </row>
     <row r="86" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B86" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C86" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D86">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="E86" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
     </row>
     <row r="87" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B87" t="s">
-        <v>482</v>
+        <v>294</v>
       </c>
       <c r="C87" t="s">
-        <v>483</v>
+        <v>295</v>
       </c>
       <c r="D87">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="E87" t="s">
-        <v>484</v>
+        <v>168</v>
       </c>
     </row>
     <row r="88" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B88" t="s">
-        <v>487</v>
+        <v>296</v>
       </c>
       <c r="C88" t="s">
-        <v>488</v>
+        <v>297</v>
       </c>
       <c r="D88">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E88" t="s">
-        <v>489</v>
+        <v>298</v>
       </c>
     </row>
     <row r="89" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B89" t="s">
-        <v>490</v>
+        <v>299</v>
       </c>
       <c r="C89" t="s">
-        <v>491</v>
+        <v>300</v>
       </c>
       <c r="D89">
-        <v>128</v>
+        <v>25</v>
       </c>
       <c r="E89" t="s">
-        <v>492</v>
+        <v>301</v>
       </c>
     </row>
     <row r="90" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B90" t="s">
-        <v>500</v>
+        <v>412</v>
       </c>
       <c r="C90" t="s">
-        <v>501</v>
+        <v>416</v>
       </c>
       <c r="D90">
-        <v>77</v>
+        <v>123</v>
       </c>
       <c r="E90" t="s">
-        <v>499</v>
+        <v>409</v>
       </c>
     </row>
     <row r="91" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B91" t="s">
-        <v>502</v>
+        <v>413</v>
       </c>
       <c r="C91" t="s">
-        <v>505</v>
+        <v>417</v>
       </c>
       <c r="D91">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="E91" t="s">
-        <v>503</v>
+        <v>411</v>
       </c>
     </row>
     <row r="92" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B92" t="s">
-        <v>512</v>
+        <v>419</v>
       </c>
       <c r="C92" t="s">
-        <v>506</v>
+        <v>420</v>
       </c>
       <c r="D92">
-        <v>84</v>
+        <v>50</v>
       </c>
       <c r="E92" t="s">
-        <v>507</v>
+        <v>421</v>
       </c>
     </row>
     <row r="93" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B93" t="s">
-        <v>508</v>
+        <v>476</v>
       </c>
       <c r="C93" t="s">
-        <v>520</v>
+        <v>477</v>
       </c>
       <c r="D93">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E93" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="94" spans="2:5" hidden="1" x14ac:dyDescent="0.4">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="94" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B94" t="s">
-        <v>509</v>
+        <v>481</v>
       </c>
       <c r="C94" t="s">
-        <v>510</v>
+        <v>482</v>
       </c>
       <c r="D94">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="E94" t="s">
-        <v>511</v>
+        <v>483</v>
       </c>
     </row>
     <row r="95" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B95" t="s">
-        <v>509</v>
+        <v>484</v>
       </c>
       <c r="C95" t="s">
-        <v>521</v>
+        <v>485</v>
       </c>
       <c r="D95">
-        <v>37</v>
-[...5 lines deleted...]
-    <row r="96" spans="2:5" hidden="1" x14ac:dyDescent="0.4">
+        <v>128</v>
+      </c>
+      <c r="E95" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="96" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B96" t="s">
-        <v>527</v>
+        <v>494</v>
       </c>
       <c r="C96" t="s">
-        <v>525</v>
+        <v>495</v>
       </c>
       <c r="D96">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="E96" t="s">
-        <v>526</v>
+        <v>493</v>
       </c>
     </row>
     <row r="97" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B97" t="s">
-        <v>528</v>
+        <v>496</v>
       </c>
       <c r="C97" t="s">
-        <v>529</v>
+        <v>499</v>
       </c>
       <c r="D97">
+        <v>78</v>
+      </c>
+      <c r="E97" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="98" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B98" t="s">
+        <v>506</v>
+      </c>
+      <c r="C98" t="s">
+        <v>500</v>
+      </c>
+      <c r="D98">
+        <v>84</v>
+      </c>
+      <c r="E98" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="99" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B99" t="s">
+        <v>502</v>
+      </c>
+      <c r="C99" t="s">
+        <v>514</v>
+      </c>
+      <c r="D99">
+        <v>55</v>
+      </c>
+      <c r="E99" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="100" spans="2:5" hidden="1" x14ac:dyDescent="0.4">
+      <c r="B100" t="s">
+        <v>503</v>
+      </c>
+      <c r="C100" t="s">
+        <v>504</v>
+      </c>
+      <c r="D100">
+        <v>34</v>
+      </c>
+      <c r="E100" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="101" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B101" t="s">
+        <v>503</v>
+      </c>
+      <c r="C101" t="s">
+        <v>515</v>
+      </c>
+      <c r="D101">
+        <v>37</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="102" spans="2:5" hidden="1" x14ac:dyDescent="0.4">
+      <c r="B102" t="s">
+        <v>521</v>
+      </c>
+      <c r="C102" t="s">
+        <v>519</v>
+      </c>
+      <c r="D102">
         <v>47</v>
       </c>
-      <c r="E97" t="s">
-        <v>526</v>
+      <c r="E102" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="103" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B103" t="s">
+        <v>522</v>
+      </c>
+      <c r="C103" t="s">
+        <v>523</v>
+      </c>
+      <c r="D103">
+        <v>47</v>
+      </c>
+      <c r="E103" t="s">
+        <v>520</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{676EED9E-E7A4-4BB6-87E9-8A5A94AEFCC3}">
   <dimension ref="A1:E76"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C16" sqref="C16"/>
+    <sheetView topLeftCell="A46" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D68" sqref="D68"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="20.5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="59" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
@@ -3838,51 +3967,51 @@
         <v>55</v>
       </c>
     </row>
     <row r="21" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21">
         <v>41</v>
       </c>
       <c r="E21" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>60</v>
       </c>
       <c r="D22">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23">
         <v>67</v>
       </c>
       <c r="E23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
@@ -4045,93 +4174,93 @@
         <v>28</v>
       </c>
       <c r="E35" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B36" t="s">
         <v>101</v>
       </c>
       <c r="C36" t="s">
         <v>102</v>
       </c>
       <c r="D36">
         <v>66</v>
       </c>
       <c r="E36" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="37" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B37" t="s">
         <v>104</v>
       </c>
       <c r="C37" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="D37">
         <v>57</v>
       </c>
       <c r="E37" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="38" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B38" t="s">
         <v>106</v>
       </c>
       <c r="C38" t="s">
         <v>107</v>
       </c>
       <c r="D38">
         <v>84</v>
       </c>
       <c r="E38" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="39" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B39" t="s">
         <v>109</v>
       </c>
       <c r="C39" t="s">
         <v>110</v>
       </c>
       <c r="D39">
         <v>12</v>
       </c>
       <c r="E39" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="40" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B40" t="s">
         <v>112</v>
       </c>
       <c r="C40" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D40">
         <v>83</v>
       </c>
       <c r="E40" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="41" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B41" t="s">
         <v>114</v>
       </c>
       <c r="C41" t="s">
         <v>115</v>
       </c>
       <c r="D41">
         <v>42</v>
       </c>
       <c r="E41" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="42" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B42" t="s">
         <v>117</v>
@@ -4297,1119 +4426,1119 @@
         <v>141</v>
       </c>
       <c r="E53" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="54" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B54" t="s">
         <v>153</v>
       </c>
       <c r="C54" t="s">
         <v>154</v>
       </c>
       <c r="D54">
         <v>120</v>
       </c>
       <c r="E54" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="55" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B55" t="s">
         <v>156</v>
       </c>
       <c r="C55" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="D55">
         <v>55</v>
       </c>
       <c r="E55" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
     </row>
     <row r="56" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B56" t="s">
         <v>157</v>
       </c>
       <c r="C56" t="s">
         <v>158</v>
       </c>
       <c r="D56">
         <v>77</v>
       </c>
       <c r="E56" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="57" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B57" t="s">
         <v>160</v>
       </c>
       <c r="C57" t="s">
         <v>161</v>
       </c>
       <c r="D57">
         <v>73</v>
       </c>
       <c r="E57" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="58" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B58" t="s">
         <v>163</v>
       </c>
       <c r="C58" t="s">
         <v>164</v>
       </c>
       <c r="D58">
         <v>73</v>
       </c>
       <c r="E58" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="59" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B59" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C59" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D59">
         <v>73</v>
       </c>
       <c r="E59" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
     </row>
     <row r="60" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B60" t="s">
         <v>166</v>
       </c>
       <c r="C60" t="s">
         <v>167</v>
       </c>
       <c r="D60">
         <v>64</v>
       </c>
       <c r="E60" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="61" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B61" t="s">
         <v>169</v>
       </c>
       <c r="C61" t="s">
         <v>170</v>
       </c>
       <c r="D61">
         <v>90</v>
       </c>
       <c r="E61" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="62" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B62" t="s">
         <v>172</v>
       </c>
       <c r="C62" t="s">
         <v>173</v>
       </c>
       <c r="D62">
         <v>54</v>
       </c>
       <c r="E62" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="63" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B63" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="C63" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D63">
         <v>136</v>
       </c>
       <c r="E63" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
     </row>
     <row r="64" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B64" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C64" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="D64">
         <v>67</v>
       </c>
       <c r="E64" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
     </row>
     <row r="65" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B65" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="C65" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D65">
         <v>49</v>
       </c>
       <c r="E65" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
     </row>
     <row r="66" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B66" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="C66" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="D66">
         <v>55</v>
       </c>
       <c r="E66" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
     </row>
     <row r="67" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B67" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="C67" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="D67">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="E67" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
     </row>
     <row r="68" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B68" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="C68" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="D68">
         <v>129</v>
       </c>
       <c r="E68" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
     </row>
     <row r="69" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B69" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="C69" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="D69">
         <v>78</v>
       </c>
       <c r="E69" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
     </row>
     <row r="70" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B70" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="C70" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="D70">
         <v>92</v>
       </c>
       <c r="E70" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
     </row>
     <row r="71" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B71" t="s">
+        <v>507</v>
+      </c>
+      <c r="C71" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="D71">
         <v>82</v>
       </c>
       <c r="E71" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
     </row>
     <row r="72" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B72" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="C72" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="D72">
         <v>54</v>
       </c>
       <c r="E72" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
     </row>
     <row r="73" spans="2:5" hidden="1" x14ac:dyDescent="0.4">
       <c r="B73" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="C73" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="D73">
         <v>31</v>
       </c>
       <c r="E73" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
     </row>
     <row r="74" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B74" t="s">
+        <v>510</v>
+      </c>
+      <c r="C74" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
       <c r="D74">
         <v>32</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
     </row>
     <row r="75" spans="2:5" hidden="1" x14ac:dyDescent="0.4">
       <c r="B75" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="C75" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="D75">
         <v>46</v>
       </c>
       <c r="E75" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
     </row>
     <row r="76" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B76" t="s">
+        <v>518</v>
+      </c>
+      <c r="C76" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
       <c r="D76">
         <v>46</v>
       </c>
       <c r="E76" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40A2A3A0-A7C4-4663-8522-1C8919119FF0}">
   <dimension ref="A1:E54"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D19" sqref="D19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="17.375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="58.5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A1" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A4" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="B4" t="s">
+        <v>457</v>
+      </c>
+      <c r="C4" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="D4">
         <v>51</v>
       </c>
       <c r="E4" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B5" t="s">
+        <v>458</v>
+      </c>
+      <c r="C5" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="D5">
         <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B6" t="s">
+        <v>459</v>
+      </c>
+      <c r="C6" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
       <c r="D6">
         <v>45</v>
       </c>
       <c r="E6" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B7" t="s">
+        <v>460</v>
+      </c>
+      <c r="C7" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="D7">
         <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A8" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B8" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C8" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="D8">
         <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B9" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C9" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D9">
         <v>32</v>
       </c>
       <c r="E9" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B10" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C10" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D10">
         <v>42</v>
       </c>
       <c r="E10" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B11" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C11" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D11">
         <v>38</v>
       </c>
       <c r="E11" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A12" t="s">
         <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C12" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="D12">
         <v>62</v>
       </c>
       <c r="E12" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B13" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C13" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="D13">
         <v>47</v>
       </c>
       <c r="E13" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B14" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C14" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="D14">
         <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B15" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C15" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="D15">
         <v>27</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B16" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C16" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="D16">
         <v>49</v>
       </c>
       <c r="E16" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="17" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B17" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C17" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="D17">
         <v>57</v>
       </c>
       <c r="E17" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B18" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="C18" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="D18">
         <v>48</v>
       </c>
       <c r="E18" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="19" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B19" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C19" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="D19">
         <v>32</v>
       </c>
       <c r="E19" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="20" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B20" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="C20" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="D20">
         <v>64</v>
       </c>
       <c r="E20" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
     </row>
     <row r="21" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B21" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="C21" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="D21">
         <v>98</v>
       </c>
       <c r="E21" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
     </row>
     <row r="22" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B22" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C22" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D22">
         <v>70</v>
       </c>
       <c r="E22" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
     </row>
     <row r="23" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B23" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C23" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="D23">
         <v>59</v>
       </c>
       <c r="E23" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="24" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B24" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="C24" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="D24">
         <v>53</v>
       </c>
       <c r="E24" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="25" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B25" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="C25" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="D25">
         <v>94</v>
       </c>
       <c r="E25" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
     </row>
     <row r="26" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B26" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C26" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="D26">
         <v>109</v>
       </c>
       <c r="E26" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="27" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B27" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="C27" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="D27">
         <v>45</v>
       </c>
       <c r="E27" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="28" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B28" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="C28" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="D28">
         <v>32</v>
       </c>
       <c r="E28" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="29" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B29" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="C29" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D29">
         <v>51</v>
       </c>
       <c r="E29" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
     </row>
     <row r="30" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B30" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="C30" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D30">
         <v>9</v>
       </c>
       <c r="E30" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
     </row>
     <row r="31" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B31" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="C31" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="D31">
         <v>49</v>
       </c>
       <c r="E31" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
     </row>
     <row r="32" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B32" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="C32" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="D32">
         <v>28</v>
       </c>
       <c r="E32" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
     </row>
     <row r="33" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B33" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="C33" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D33">
         <v>73</v>
       </c>
       <c r="E33" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="34" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B34" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="C34" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="D34">
         <v>60</v>
       </c>
       <c r="E34" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
     </row>
     <row r="35" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B35" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C35" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="D35">
         <v>66</v>
       </c>
       <c r="E35" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B36" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="C36" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D36">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
     </row>
     <row r="37" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B37" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="C37" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="D37">
         <v>54</v>
       </c>
       <c r="E37" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="38" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B38" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C38" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="D38">
         <v>44</v>
       </c>
       <c r="E38" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="39" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B39" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="C39" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="D39">
         <v>60</v>
       </c>
       <c r="E39" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="40" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B40" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C40" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D40">
         <v>30</v>
       </c>
       <c r="E40" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B41" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="D41">
         <v>130</v>
       </c>
       <c r="E41" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="42" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B42" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C42" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D42">
         <v>106</v>
       </c>
       <c r="E42" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="43" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B43" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="C43" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D43">
         <v>176</v>
       </c>
       <c r="E43" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
     </row>
     <row r="44" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B44" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="C44" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="D44">
         <v>35</v>
       </c>
       <c r="E44" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="45" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B45" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C45" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="D45">
         <v>27</v>
       </c>
       <c r="E45" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="46" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B46" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="C46" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="D46">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="47" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B47" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="C47" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="D47">
         <v>114</v>
       </c>
       <c r="E47" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="48" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B48" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="C48" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="D48">
         <v>41</v>
       </c>
       <c r="E48" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="49" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B49" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="C49" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D49">
         <v>135</v>
       </c>
       <c r="E49" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="50" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B50" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="C50" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="D50">
         <v>59</v>
       </c>
       <c r="E50" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
     </row>
     <row r="51" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B51" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C51" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D51">
         <v>66</v>
       </c>
       <c r="E51" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B52" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="C52" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D52">
         <v>71</v>
       </c>
       <c r="E52" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="53" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B53" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="C53" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D53">
         <v>71</v>
       </c>
       <c r="E53" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="54" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B54" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="C54" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="D54">
         <v>91</v>
       </c>
       <c r="E54" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>