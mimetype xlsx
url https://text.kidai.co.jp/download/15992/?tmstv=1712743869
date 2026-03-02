--- v1 (2026-01-15)
+++ v2 (2026-03-02)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\02-教材ＤＬサイト関係\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{10986EC6-AC59-4168-8312-3248B7C01FD7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3338726-1970-41EB-BA60-9ED88C5EDFC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="0" windowWidth="29040" windowHeight="15720" xr2:uid="{5871C2B5-388F-42B4-ABAF-01EB8420E511}"/>
+    <workbookView xWindow="-28920" yWindow="0" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{5871C2B5-388F-42B4-ABAF-01EB8420E511}"/>
   </bookViews>
   <sheets>
     <sheet name="iPhone" sheetId="2" r:id="rId1"/>
     <sheet name="Android" sheetId="1" r:id="rId2"/>
     <sheet name="iPad" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Android!$A:$E</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">iPad!$A:$E</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">iPhone!$A:$E</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="572">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="660" uniqueCount="544">
   <si>
     <t>Androidテキスト一覧</t>
   </si>
   <si>
     <t>OS</t>
   </si>
   <si>
     <t>商品コード</t>
   </si>
   <si>
     <t>テキスト名</t>
   </si>
   <si>
     <t>ページ数</t>
   </si>
   <si>
     <t>内容</t>
   </si>
   <si>
     <t>Android14</t>
   </si>
   <si>
     <t>AN39CU</t>
   </si>
   <si>
@@ -572,146 +572,65 @@
   <si>
     <t>スマートEXのWebサイトで新幹線の予約を取ります。</t>
   </si>
   <si>
     <t>ANN6QF</t>
   </si>
   <si>
     <t>44-ふるさと納税（Android）</t>
   </si>
   <si>
     <t>楽天市場でふるさと納税をする方法を学びます。（楽天市場～前編～を先に学習してください）一部iPhoneの画像を利用しています。</t>
   </si>
   <si>
     <t>ANFHFP</t>
   </si>
   <si>
     <t>45-モバイルSuica（Android）</t>
   </si>
   <si>
     <t>スマートフォンにモバイルSuicaをインストールして、キャッシュレス決済を行います。</t>
   </si>
   <si>
     <t>iPhoneテキスト一覧</t>
   </si>
   <si>
-    <t>iOS17</t>
-[...31 lines deleted...]
-  <si>
     <t>iPhoneのモデル番号やシリアル番号、容量の確認の仕方、システムアップデート方法、画面の明るさや文字の大きさ等iPhoneを使う上で必要な設定の仕方を学習します。</t>
   </si>
   <si>
-    <t>PH3Y11</t>
-[...10 lines deleted...]
-  <si>
     <t>App Storeの初期設定・アプリインストールとアンインストールの仕方を学習します。Appleパスワードを入力したり文字入力をする場面がありますので、文字入力ができるようになってからお勧めしてください。</t>
   </si>
   <si>
-    <t>PH3Y1B</t>
-[...10 lines deleted...]
-  <si>
     <t>メモ帳アプリを利用して、かな入力（フリック入力）の方法を学習します。</t>
   </si>
   <si>
-    <t>PH3Y6P</t>
-[...10 lines deleted...]
-  <si>
     <t>SMS（ショートメッセージ）でやり取りをする方法を学習します。</t>
   </si>
   <si>
-    <t>PH3Y9A</t>
-[...4 lines deleted...]
-  <si>
     <t>時計アプリで世界時計・アラーム・ストップウォッチ・タイマーの使い方を学習します。</t>
   </si>
   <si>
-    <t>PH3YC5</t>
-[...4 lines deleted...]
-  <si>
     <t>PH3YF0</t>
   </si>
   <si>
     <t>PH3YHU</t>
   </si>
   <si>
     <t>メールアプリを使って、メールの送受信、アドレス登録、画像の添付等の学習を学習します。</t>
   </si>
   <si>
     <t>PHN3YA</t>
   </si>
   <si>
     <t>10-Googleマップ（iOS）</t>
   </si>
   <si>
     <t>PHN425</t>
   </si>
   <si>
     <t>PHN450</t>
   </si>
   <si>
     <t>PHN47U</t>
   </si>
   <si>
     <t>13-Amazonショッピング（iOS）</t>
@@ -956,129 +875,99 @@
   <si>
     <t>PHN6QF</t>
   </si>
   <si>
     <t>44-ふるさと納税（iOS）</t>
   </si>
   <si>
     <t>楽天市場でふるさと納税をする方法を学びます。（楽天市場～前編～を先に学習してください）</t>
   </si>
   <si>
     <t>PHN6TA</t>
   </si>
   <si>
     <t>45-Apple Pay（iOS）</t>
   </si>
   <si>
     <t>iPhoneのウォレットアプリにクレジットカードやSuicaを登録してキャッシュレス決済を行います。</t>
   </si>
   <si>
     <t>マイナポータルアプリのインストールと利用登録の方法を学習します。</t>
   </si>
   <si>
     <t>iPadテキスト一覧</t>
   </si>
   <si>
-    <t>iPadOS17</t>
-[...7 lines deleted...]
-  <si>
     <t>iPadの初期設定の仕方を学習します。このテキスト電源の入れ方から、iPadが使えるようになるまでの設定の仕方を学習します。Wi-Fiの設定時にSSIDの選択をしたり、文字を入力などを行います。SSIDが分からなかったり、文字の入力が難しい方には講師がフォローするか、初期設定を代わりに行ってください。</t>
   </si>
   <si>
-    <t>PA3XWU</t>
-[...4 lines deleted...]
-  <si>
     <t>タップやスワイプ、スリープモードなどタブレットの基本操作を学習します。</t>
   </si>
   <si>
-    <t>PA3Y10</t>
-[...4 lines deleted...]
-  <si>
     <t>iPadのモデル番号やシリアル番号、容量の確認の仕方、OSアップデート方法、画面の明るさや文字の大きさ等タブレットを使う上で必要な設定の仕方を学習します。</t>
   </si>
   <si>
-    <t>PA3Y1A</t>
-[...4 lines deleted...]
-  <si>
     <t>PA3Y3K</t>
   </si>
   <si>
     <t>04-かな入力（iPadOS）</t>
   </si>
   <si>
     <t>メモ帳アプリを利用して、かな入力の方法を学習します。</t>
   </si>
   <si>
     <t>PA3Y6F</t>
   </si>
   <si>
     <t>05-ローマ字入力（iPadOS）</t>
   </si>
   <si>
     <t>メモ帳アプリを利用して、ローマ字入力の方法を学習します。</t>
   </si>
   <si>
     <t>PA3Y9A</t>
   </si>
   <si>
     <t>PA3YC5</t>
   </si>
   <si>
     <t>PA3YF0</t>
   </si>
   <si>
     <t>PA3YHU</t>
   </si>
   <si>
     <t>PAN3YA</t>
   </si>
   <si>
     <t>10-Googleマップ（iPadOS）</t>
   </si>
   <si>
     <t>PAN425</t>
   </si>
   <si>
     <t>PAN450</t>
-  </si>
-[...1 lines deleted...]
-    <t>12-ネットショッピング練習（iPadOS）</t>
   </si>
   <si>
     <t>ネットショッピング練習　※当テキストはメールができる前提です。メールの仕方が分からない方にはメールアプリのテキストを勧めてください。</t>
   </si>
   <si>
     <t>PAN47U</t>
   </si>
   <si>
     <t>13-Amazonショッピング（iPadOS）</t>
   </si>
   <si>
     <t>Amazonショッピングアプリを利用してお買い物をする方法を学習します。※当テキストはメールができる前提です。メールの仕方が分からない方にはメールアプリのテキストを勧めてください。</t>
   </si>
   <si>
     <t>PAN4AP</t>
   </si>
   <si>
     <t>14-Yahoo天気（iPadOS）</t>
   </si>
   <si>
     <t>Yahoo!天気アプリで天気予報や防災情報を調べる方法を学習します。</t>
   </si>
   <si>
     <t>PAN4DK</t>
   </si>
@@ -1491,54 +1380,50 @@
   </si>
   <si>
     <t>41-楽天マート（iPadOS）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>41-楽天マート（Android）</t>
     <rPh sb="3" eb="5">
       <t>ラクテン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>06-時計アプリ（iPadOS）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>07-カレンダー（iPadOS）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>08-カメラアプリ（iPadOS）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>11-インターネット入門（iPadOS）</t>
-[...2 lines deleted...]
-  <si>
     <t>09-メール（iPadOS）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>PHN72U</t>
   </si>
   <si>
     <t>48-Chat GPT（iOS）</t>
   </si>
   <si>
     <t>Chat GPTの使い方を学びます。AIとの対話や文章作成など、日常で役立つ活用方法を実際に試してみましょう。</t>
   </si>
   <si>
     <t>ANN72U</t>
   </si>
   <si>
     <t>48-Chat GPT（Android）</t>
   </si>
   <si>
     <t>PHN760</t>
   </si>
   <si>
     <t>49_1-Canva基本操作1（iOS）</t>
   </si>
   <si>
@@ -1768,82 +1653,113 @@
   </si>
   <si>
     <t>PH62PP</t>
   </si>
   <si>
     <t>06-時計アプリ（iOS26）</t>
   </si>
   <si>
     <t>PH62SK</t>
   </si>
   <si>
     <t>07-カレンダー（iOS26）</t>
   </si>
   <si>
     <t>09-メール（iOS26）</t>
   </si>
   <si>
     <t>01-iPhoneの初期設定（iOS18）~ホームボタンあり~</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>09-メール（iOS18）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>01-iPhoneの初期設定（iOS17）~ホームボタン無し~</t>
-[...2 lines deleted...]
-  <si>
     <t>11-インターネット入門（iOS18）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>12-ネットショッピング練習（iOS18）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>PH62YA</t>
   </si>
   <si>
     <t>PH6350</t>
   </si>
   <si>
     <t>11-インターネット入門（iOS26）</t>
   </si>
   <si>
     <t>08-カメラアプリ（iOS18）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>PH62VF</t>
   </si>
   <si>
     <t>08-カメラアプリ（iOS26）</t>
   </si>
   <si>
     <t>スマートフォンのカメラを使って、写真や動画を撮る方法や、撮影した写真・動画の見方、明るさの調整など、日常でよく使う基本的な操作を学習します。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>iPadOS26</t>
+  </si>
+  <si>
+    <t>PA62BF</t>
+  </si>
+  <si>
+    <t>01-iPad初期設定（iPadOS26）</t>
+  </si>
+  <si>
+    <t>PA62EA</t>
+  </si>
+  <si>
+    <t>02-iPadの基本操作（iPadOS26）</t>
+  </si>
+  <si>
+    <t>PA62HF</t>
+  </si>
+  <si>
+    <t>03_1-iPad基本設定（iPadOS26）</t>
+  </si>
+  <si>
+    <t>03_2-AppStore初期設定（iPadOS26）</t>
+  </si>
+  <si>
+    <t>PA62HP</t>
+  </si>
+  <si>
+    <t>11-インターネット入門（iPadOS18）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>12-ネットショッピング練習（iPadOS18）</t>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2205,1511 +2121,1326 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6E1B4F2-6C6D-4F0D-A31D-402ABB0A7E53}">
-  <dimension ref="A1:E103"/>
+  <dimension ref="A1:E90"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A76" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E87" sqref="E87"/>
+    <sheetView topLeftCell="A41" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D52" sqref="D52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="19.75" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="54.75" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A4" s="1" t="s">
-        <v>525</v>
+        <v>487</v>
       </c>
       <c r="B4" t="s">
-        <v>535</v>
+        <v>497</v>
       </c>
       <c r="C4" t="s">
-        <v>536</v>
+        <v>498</v>
       </c>
       <c r="D4">
         <v>49</v>
       </c>
       <c r="E4" t="s">
-        <v>432</v>
+        <v>395</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B5" t="s">
-        <v>526</v>
+        <v>488</v>
       </c>
       <c r="C5" t="s">
-        <v>527</v>
+        <v>489</v>
       </c>
       <c r="D5">
         <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>541</v>
+        <v>503</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B6" t="s">
-        <v>537</v>
+        <v>499</v>
       </c>
       <c r="C6" t="s">
-        <v>538</v>
+        <v>500</v>
       </c>
       <c r="D6">
         <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>530</v>
+        <v>492</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B7" t="s">
-        <v>528</v>
+        <v>490</v>
       </c>
       <c r="C7" t="s">
-        <v>529</v>
+        <v>491</v>
       </c>
       <c r="D7">
         <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>542</v>
+        <v>504</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B8" t="s">
-        <v>531</v>
+        <v>493</v>
       </c>
       <c r="C8" t="s">
-        <v>539</v>
+        <v>501</v>
       </c>
       <c r="D8">
         <v>50</v>
       </c>
       <c r="E8" t="s">
-        <v>533</v>
+        <v>495</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B9" t="s">
-        <v>540</v>
+        <v>502</v>
       </c>
       <c r="C9" t="s">
-        <v>532</v>
+        <v>494</v>
       </c>
       <c r="D9">
         <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>543</v>
+        <v>505</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B10" t="s">
-        <v>531</v>
+        <v>493</v>
       </c>
       <c r="C10" t="s">
-        <v>552</v>
+        <v>514</v>
       </c>
       <c r="D10">
         <v>43</v>
       </c>
       <c r="E10" t="s">
-        <v>551</v>
+        <v>513</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B11" t="s">
-        <v>540</v>
+        <v>502</v>
       </c>
       <c r="C11" t="s">
-        <v>534</v>
+        <v>496</v>
       </c>
       <c r="D11">
         <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>544</v>
+        <v>506</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B12" t="s">
-        <v>545</v>
+        <v>507</v>
       </c>
       <c r="C12" t="s">
-        <v>549</v>
+        <v>511</v>
       </c>
       <c r="D12">
         <v>88</v>
       </c>
       <c r="E12" t="s">
-        <v>546</v>
+        <v>508</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B13" t="s">
-        <v>547</v>
+        <v>509</v>
       </c>
       <c r="C13" t="s">
-        <v>550</v>
+        <v>512</v>
       </c>
       <c r="D13">
         <v>95</v>
       </c>
       <c r="E13" t="s">
-        <v>548</v>
+        <v>510</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B14" t="s">
-        <v>553</v>
+        <v>515</v>
       </c>
       <c r="C14" t="s">
-        <v>554</v>
+        <v>516</v>
       </c>
       <c r="D14">
         <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>202</v>
+        <v>179</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B15" t="s">
-        <v>555</v>
+        <v>517</v>
       </c>
       <c r="C15" t="s">
-        <v>556</v>
+        <v>518</v>
       </c>
       <c r="D15">
         <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B16" t="s">
-        <v>557</v>
+        <v>519</v>
       </c>
       <c r="C16" t="s">
-        <v>558</v>
+        <v>520</v>
       </c>
       <c r="D16">
         <v>29</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B17" t="s">
-        <v>569</v>
+        <v>530</v>
       </c>
       <c r="C17" t="s">
-        <v>570</v>
+        <v>531</v>
       </c>
       <c r="D17">
         <v>88</v>
       </c>
       <c r="E17" t="s">
-        <v>571</v>
+        <v>532</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B18" t="s">
-        <v>565</v>
+        <v>526</v>
       </c>
       <c r="C18" t="s">
-        <v>559</v>
+        <v>521</v>
       </c>
       <c r="D18">
         <v>61</v>
       </c>
       <c r="E18" t="s">
-        <v>210</v>
+        <v>183</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B19" t="s">
-        <v>566</v>
+        <v>527</v>
       </c>
       <c r="C19" t="s">
-        <v>567</v>
+        <v>528</v>
       </c>
       <c r="D19">
         <v>53</v>
       </c>
       <c r="E19" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A20" t="s">
-        <v>439</v>
+        <v>402</v>
       </c>
       <c r="B20" t="s">
-        <v>431</v>
+        <v>394</v>
       </c>
       <c r="C20" t="s">
-        <v>560</v>
+        <v>522</v>
       </c>
       <c r="D20">
         <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>432</v>
+        <v>395</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B21" t="s">
-        <v>433</v>
+        <v>396</v>
       </c>
       <c r="C21" t="s">
-        <v>434</v>
+        <v>397</v>
       </c>
       <c r="D21">
         <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>432</v>
+        <v>395</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B22" t="s">
-        <v>435</v>
+        <v>398</v>
       </c>
       <c r="C22" t="s">
-        <v>436</v>
+        <v>399</v>
       </c>
       <c r="D22">
         <v>25</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B23" t="s">
-        <v>437</v>
+        <v>400</v>
       </c>
       <c r="C23" t="s">
-        <v>438</v>
+        <v>401</v>
       </c>
       <c r="D23">
         <v>25</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B24" t="s">
-        <v>440</v>
+        <v>403</v>
       </c>
       <c r="C24" t="s">
-        <v>441</v>
+        <v>404</v>
       </c>
       <c r="D24">
         <v>54</v>
       </c>
       <c r="E24" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B25" t="s">
-        <v>442</v>
+        <v>405</v>
       </c>
       <c r="C25" t="s">
-        <v>443</v>
+        <v>406</v>
       </c>
       <c r="D25">
         <v>53</v>
       </c>
       <c r="E25" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B26" t="s">
-        <v>444</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
-        <v>445</v>
+        <v>408</v>
       </c>
       <c r="D26">
         <v>42</v>
       </c>
       <c r="E26" t="s">
-        <v>192</v>
+        <v>177</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B27" t="s">
-        <v>446</v>
+        <v>409</v>
       </c>
       <c r="C27" t="s">
-        <v>447</v>
+        <v>410</v>
       </c>
       <c r="D27">
         <v>41</v>
       </c>
       <c r="E27" t="s">
-        <v>192</v>
+        <v>177</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B28" t="s">
-        <v>448</v>
+        <v>411</v>
       </c>
       <c r="C28" t="s">
-        <v>449</v>
+        <v>412</v>
       </c>
       <c r="D28">
         <v>61</v>
       </c>
       <c r="E28" t="s">
-        <v>197</v>
+        <v>178</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B29" t="s">
-        <v>450</v>
+        <v>413</v>
       </c>
       <c r="C29" t="s">
-        <v>451</v>
+        <v>414</v>
       </c>
       <c r="D29">
         <v>34</v>
       </c>
       <c r="E29" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B30" t="s">
-        <v>452</v>
+        <v>415</v>
       </c>
       <c r="C30" t="s">
-        <v>453</v>
+        <v>416</v>
       </c>
       <c r="D30">
         <v>19</v>
       </c>
       <c r="E30" t="s">
-        <v>202</v>
+        <v>179</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B31" t="s">
-        <v>454</v>
+        <v>417</v>
       </c>
       <c r="C31" t="s">
-        <v>455</v>
+        <v>418</v>
       </c>
       <c r="D31">
         <v>30</v>
       </c>
       <c r="E31" t="s">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B32" t="s">
-        <v>465</v>
+        <v>428</v>
       </c>
       <c r="C32" t="s">
-        <v>466</v>
+        <v>429</v>
       </c>
       <c r="D32">
         <v>29</v>
       </c>
       <c r="E32" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B33" t="s">
-        <v>208</v>
+        <v>181</v>
       </c>
       <c r="C33" t="s">
-        <v>568</v>
+        <v>529</v>
       </c>
       <c r="D33">
         <v>63</v>
       </c>
       <c r="E33" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B34" t="s">
-        <v>209</v>
+        <v>182</v>
       </c>
       <c r="C34" t="s">
-        <v>561</v>
+        <v>523</v>
       </c>
       <c r="D34">
         <v>61</v>
       </c>
       <c r="E34" t="s">
-        <v>210</v>
+        <v>183</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B35" t="s">
-        <v>213</v>
+        <v>186</v>
       </c>
       <c r="C35" t="s">
-        <v>563</v>
+        <v>524</v>
       </c>
       <c r="D35">
         <v>40</v>
       </c>
       <c r="E35" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A36" t="s">
-        <v>176</v>
+        <v>39</v>
       </c>
       <c r="B36" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C36" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="D36">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="E36" t="s">
-        <v>179</v>
+        <v>58</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B37" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="C37" t="s">
-        <v>562</v>
+        <v>525</v>
       </c>
       <c r="D37">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="E37" t="s">
-        <v>179</v>
+        <v>64</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B38" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="C38" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="D38">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B39" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="C39" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="D39">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>192</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B40" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="C40" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="D40">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="E40" t="s">
-        <v>187</v>
+        <v>73</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B41" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="C41" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="D41">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E41" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B42" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C42" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="D42">
-        <v>39</v>
+        <v>107</v>
       </c>
       <c r="E42" t="s">
-        <v>192</v>
+        <v>79</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B43" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C43" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="D43">
-        <v>37</v>
+        <v>111</v>
       </c>
       <c r="E43" t="s">
-        <v>192</v>
+        <v>82</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B44" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="C44" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="D44">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="E44" t="s">
-        <v>197</v>
+        <v>85</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B45" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="C45" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="D45">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E45" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B46" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C46" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="D46">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="E46" t="s">
-        <v>202</v>
+        <v>91</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B47" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C47" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="D47">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E47" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B48" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C48" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D48">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="E48" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+    </row>
+    <row r="49" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B49" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C49" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D49">
+        <v>28</v>
+      </c>
+      <c r="E49" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="50" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B50" t="s">
+        <v>216</v>
+      </c>
+      <c r="C50" t="s">
+        <v>217</v>
+      </c>
+      <c r="D50">
+        <v>66</v>
+      </c>
+      <c r="E50" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="51" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B51" t="s">
+        <v>218</v>
+      </c>
+      <c r="C51" t="s">
+        <v>219</v>
+      </c>
+      <c r="D51">
+        <v>63</v>
+      </c>
+      <c r="E51" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="52" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B52" t="s">
+        <v>221</v>
+      </c>
+      <c r="C52" t="s">
+        <v>222</v>
+      </c>
+      <c r="D52">
+        <v>80</v>
+      </c>
+      <c r="E52" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="53" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B53" t="s">
+        <v>224</v>
+      </c>
+      <c r="C53" t="s">
+        <v>225</v>
+      </c>
+      <c r="D53">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="54" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B54" t="s">
+        <v>227</v>
+      </c>
+      <c r="C54" t="s">
+        <v>228</v>
+      </c>
+      <c r="D54">
+        <v>94</v>
+      </c>
+      <c r="E54" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="55" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B55" t="s">
+        <v>229</v>
+      </c>
+      <c r="C55" t="s">
+        <v>230</v>
+      </c>
+      <c r="D55">
+        <v>45</v>
+      </c>
+      <c r="E55" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="56" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B56" t="s">
+        <v>231</v>
+      </c>
+      <c r="C56" t="s">
+        <v>232</v>
+      </c>
+      <c r="D56">
         <v>50</v>
       </c>
-      <c r="E49" t="s">
-[...96 lines deleted...]
-      </c>
       <c r="E56" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:5" x14ac:dyDescent="0.4">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="57" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B57" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C57" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="D57">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="E57" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:5" x14ac:dyDescent="0.4">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="58" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B58" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="C58" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="D58">
-        <v>30</v>
+        <v>114</v>
       </c>
       <c r="E58" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:5" x14ac:dyDescent="0.4">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="59" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B59" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C59" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="D59">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="E59" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:5" x14ac:dyDescent="0.4">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="60" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B60" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="C60" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="D60">
-        <v>8</v>
+        <v>176</v>
       </c>
       <c r="E60" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:5" x14ac:dyDescent="0.4">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="61" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B61" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C61" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D61">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="E61" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:5" x14ac:dyDescent="0.4">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="62" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B62" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="C62" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="D62">
+        <v>25</v>
+      </c>
+      <c r="E62" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="63" spans="2:5" x14ac:dyDescent="0.4">
+      <c r="B63" t="s">
+        <v>247</v>
+      </c>
+      <c r="C63" t="s">
+        <v>248</v>
+      </c>
+      <c r="D63">
         <v>28</v>
       </c>
-      <c r="E62" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="E63" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:5" x14ac:dyDescent="0.4">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="64" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B64" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="C64" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="D64">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="E64" t="s">
-        <v>247</v>
+        <v>143</v>
       </c>
     </row>
     <row r="65" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B65" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C65" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D65">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="E65" t="s">
-        <v>250</v>
+        <v>146</v>
       </c>
     </row>
     <row r="66" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B66" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C66" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D66">
-        <v>12</v>
+        <v>135</v>
       </c>
       <c r="E66" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="67" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B67" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C67" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D67">
-        <v>94</v>
+        <v>141</v>
       </c>
       <c r="E67" t="s">
-        <v>113</v>
+        <v>152</v>
       </c>
     </row>
     <row r="68" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B68" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C68" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D68">
-        <v>45</v>
+        <v>122</v>
       </c>
       <c r="E68" t="s">
-        <v>116</v>
+        <v>155</v>
       </c>
     </row>
     <row r="69" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B69" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C69" t="s">
-        <v>259</v>
+        <v>430</v>
       </c>
       <c r="D69">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E69" t="s">
-        <v>119</v>
+        <v>431</v>
       </c>
     </row>
     <row r="70" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B70" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C70" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D70">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="E70" t="s">
-        <v>262</v>
+        <v>159</v>
       </c>
     </row>
     <row r="71" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B71" t="s">
         <v>263</v>
       </c>
       <c r="C71" t="s">
         <v>264</v>
       </c>
       <c r="D71">
-        <v>114</v>
+        <v>75</v>
       </c>
       <c r="E71" t="s">
-        <v>125</v>
+        <v>162</v>
       </c>
     </row>
     <row r="72" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B72" t="s">
         <v>265</v>
       </c>
       <c r="C72" t="s">
         <v>266</v>
       </c>
       <c r="D72">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="E72" t="s">
-        <v>128</v>
+        <v>165</v>
       </c>
     </row>
     <row r="73" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B73" t="s">
-        <v>267</v>
+        <v>387</v>
       </c>
       <c r="C73" t="s">
-        <v>268</v>
+        <v>388</v>
       </c>
       <c r="D73">
-        <v>176</v>
+        <v>75</v>
       </c>
       <c r="E73" t="s">
-        <v>269</v>
+        <v>389</v>
       </c>
     </row>
     <row r="74" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B74" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C74" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D74">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="E74" t="s">
-        <v>134</v>
+        <v>168</v>
       </c>
     </row>
     <row r="75" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B75" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C75" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D75">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="E75" t="s">
-        <v>137</v>
+        <v>271</v>
       </c>
     </row>
     <row r="76" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B76" t="s">
+        <v>272</v>
+      </c>
+      <c r="C76" t="s">
+        <v>273</v>
+      </c>
+      <c r="D76">
+        <v>25</v>
+      </c>
+      <c r="E76" t="s">
         <v>274</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="77" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B77" t="s">
-        <v>276</v>
+        <v>375</v>
       </c>
       <c r="C77" t="s">
-        <v>277</v>
+        <v>379</v>
       </c>
       <c r="D77">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="E77" t="s">
-        <v>143</v>
+        <v>372</v>
       </c>
     </row>
     <row r="78" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B78" t="s">
-        <v>278</v>
+        <v>376</v>
       </c>
       <c r="C78" t="s">
-        <v>279</v>
+        <v>380</v>
       </c>
       <c r="D78">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="E78" t="s">
-        <v>146</v>
+        <v>374</v>
       </c>
     </row>
     <row r="79" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B79" t="s">
-        <v>280</v>
+        <v>382</v>
       </c>
       <c r="C79" t="s">
-        <v>281</v>
+        <v>383</v>
       </c>
       <c r="D79">
-        <v>135</v>
+        <v>50</v>
       </c>
       <c r="E79" t="s">
-        <v>282</v>
+        <v>384</v>
       </c>
     </row>
     <row r="80" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B80" t="s">
-        <v>283</v>
+        <v>438</v>
       </c>
       <c r="C80" t="s">
-        <v>284</v>
+        <v>439</v>
       </c>
       <c r="D80">
-        <v>141</v>
+        <v>50</v>
       </c>
       <c r="E80" t="s">
-        <v>152</v>
+        <v>440</v>
       </c>
     </row>
     <row r="81" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B81" t="s">
-        <v>285</v>
+        <v>443</v>
       </c>
       <c r="C81" t="s">
-        <v>286</v>
+        <v>444</v>
       </c>
       <c r="D81">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="E81" t="s">
-        <v>155</v>
+        <v>445</v>
       </c>
     </row>
     <row r="82" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B82" t="s">
-        <v>287</v>
+        <v>446</v>
       </c>
       <c r="C82" t="s">
-        <v>467</v>
+        <v>447</v>
       </c>
       <c r="D82">
-        <v>58</v>
+        <v>131</v>
       </c>
       <c r="E82" t="s">
-        <v>468</v>
+        <v>448</v>
       </c>
     </row>
     <row r="83" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B83" t="s">
-        <v>288</v>
+        <v>456</v>
       </c>
       <c r="C83" t="s">
-        <v>289</v>
+        <v>457</v>
       </c>
       <c r="D83">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E83" t="s">
-        <v>159</v>
+        <v>455</v>
       </c>
     </row>
     <row r="84" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B84" t="s">
-        <v>290</v>
+        <v>458</v>
       </c>
       <c r="C84" t="s">
-        <v>291</v>
+        <v>461</v>
       </c>
       <c r="D84">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="E84" t="s">
-        <v>162</v>
+        <v>459</v>
       </c>
     </row>
     <row r="85" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B85" t="s">
-        <v>292</v>
+        <v>468</v>
       </c>
       <c r="C85" t="s">
-        <v>293</v>
+        <v>462</v>
       </c>
       <c r="D85">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="E85" t="s">
-        <v>165</v>
+        <v>463</v>
       </c>
     </row>
     <row r="86" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B86" t="s">
-        <v>424</v>
+        <v>464</v>
       </c>
       <c r="C86" t="s">
-        <v>425</v>
+        <v>476</v>
       </c>
       <c r="D86">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="E86" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="87" spans="2:5" x14ac:dyDescent="0.4">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="87" spans="2:5" hidden="1" x14ac:dyDescent="0.4">
       <c r="B87" t="s">
-        <v>294</v>
+        <v>465</v>
       </c>
       <c r="C87" t="s">
-        <v>295</v>
+        <v>466</v>
       </c>
       <c r="D87">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="E87" t="s">
-        <v>168</v>
+        <v>467</v>
       </c>
     </row>
     <row r="88" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B88" t="s">
-        <v>296</v>
+        <v>465</v>
       </c>
       <c r="C88" t="s">
-        <v>297</v>
+        <v>477</v>
       </c>
       <c r="D88">
-        <v>91</v>
-[...5 lines deleted...]
-    <row r="89" spans="2:5" x14ac:dyDescent="0.4">
+        <v>37</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="89" spans="2:5" hidden="1" x14ac:dyDescent="0.4">
       <c r="B89" t="s">
-        <v>299</v>
+        <v>483</v>
       </c>
       <c r="C89" t="s">
-        <v>300</v>
+        <v>481</v>
       </c>
       <c r="D89">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E89" t="s">
-        <v>301</v>
+        <v>482</v>
       </c>
     </row>
     <row r="90" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B90" t="s">
-        <v>412</v>
+        <v>484</v>
       </c>
       <c r="C90" t="s">
-        <v>416</v>
+        <v>485</v>
       </c>
       <c r="D90">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="E90" t="s">
-        <v>409</v>
-[...48 lines deleted...]
-      <c r="C94" t="s">
         <v>482</v>
-      </c>
-[...130 lines deleted...]
-        <v>520</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{676EED9E-E7A4-4BB6-87E9-8A5A94AEFCC3}">
   <dimension ref="A1:E76"/>
   <sheetViews>
-    <sheetView topLeftCell="A46" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D68" sqref="D68"/>
+    <sheetView topLeftCell="A35" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D38" sqref="D38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="20.5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="59" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
@@ -4174,93 +3905,93 @@
         <v>28</v>
       </c>
       <c r="E35" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B36" t="s">
         <v>101</v>
       </c>
       <c r="C36" t="s">
         <v>102</v>
       </c>
       <c r="D36">
         <v>66</v>
       </c>
       <c r="E36" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="37" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B37" t="s">
         <v>104</v>
       </c>
       <c r="C37" t="s">
-        <v>429</v>
+        <v>392</v>
       </c>
       <c r="D37">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E37" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="38" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B38" t="s">
         <v>106</v>
       </c>
       <c r="C38" t="s">
         <v>107</v>
       </c>
       <c r="D38">
         <v>84</v>
       </c>
       <c r="E38" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="39" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B39" t="s">
         <v>109</v>
       </c>
       <c r="C39" t="s">
         <v>110</v>
       </c>
       <c r="D39">
         <v>12</v>
       </c>
       <c r="E39" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="40" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B40" t="s">
         <v>112</v>
       </c>
       <c r="C40" t="s">
-        <v>430</v>
+        <v>393</v>
       </c>
       <c r="D40">
         <v>83</v>
       </c>
       <c r="E40" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="41" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B41" t="s">
         <v>114</v>
       </c>
       <c r="C41" t="s">
         <v>115</v>
       </c>
       <c r="D41">
         <v>42</v>
       </c>
       <c r="E41" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="42" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B42" t="s">
         <v>117</v>
@@ -4426,1119 +4157,1119 @@
         <v>141</v>
       </c>
       <c r="E53" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="54" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B54" t="s">
         <v>153</v>
       </c>
       <c r="C54" t="s">
         <v>154</v>
       </c>
       <c r="D54">
         <v>120</v>
       </c>
       <c r="E54" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="55" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B55" t="s">
         <v>156</v>
       </c>
       <c r="C55" t="s">
-        <v>470</v>
+        <v>433</v>
       </c>
       <c r="D55">
         <v>55</v>
       </c>
       <c r="E55" t="s">
-        <v>468</v>
+        <v>431</v>
       </c>
     </row>
     <row r="56" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B56" t="s">
         <v>157</v>
       </c>
       <c r="C56" t="s">
         <v>158</v>
       </c>
       <c r="D56">
         <v>77</v>
       </c>
       <c r="E56" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="57" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B57" t="s">
         <v>160</v>
       </c>
       <c r="C57" t="s">
         <v>161</v>
       </c>
       <c r="D57">
         <v>73</v>
       </c>
       <c r="E57" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="58" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B58" t="s">
         <v>163</v>
       </c>
       <c r="C58" t="s">
         <v>164</v>
       </c>
       <c r="D58">
         <v>73</v>
       </c>
       <c r="E58" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="59" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B59" t="s">
-        <v>427</v>
+        <v>390</v>
       </c>
       <c r="C59" t="s">
-        <v>428</v>
+        <v>391</v>
       </c>
       <c r="D59">
         <v>73</v>
       </c>
       <c r="E59" t="s">
-        <v>426</v>
+        <v>389</v>
       </c>
     </row>
     <row r="60" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B60" t="s">
         <v>166</v>
       </c>
       <c r="C60" t="s">
         <v>167</v>
       </c>
       <c r="D60">
         <v>64</v>
       </c>
       <c r="E60" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="61" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B61" t="s">
         <v>169</v>
       </c>
       <c r="C61" t="s">
         <v>170</v>
       </c>
       <c r="D61">
         <v>90</v>
       </c>
       <c r="E61" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="62" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B62" t="s">
         <v>172</v>
       </c>
       <c r="C62" t="s">
         <v>173</v>
       </c>
       <c r="D62">
         <v>54</v>
       </c>
       <c r="E62" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="63" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B63" t="s">
-        <v>408</v>
+        <v>371</v>
       </c>
       <c r="C63" t="s">
-        <v>414</v>
+        <v>377</v>
       </c>
       <c r="D63">
         <v>136</v>
       </c>
       <c r="E63" t="s">
-        <v>409</v>
+        <v>372</v>
       </c>
     </row>
     <row r="64" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B64" t="s">
-        <v>410</v>
+        <v>373</v>
       </c>
       <c r="C64" t="s">
-        <v>415</v>
+        <v>378</v>
       </c>
       <c r="D64">
         <v>67</v>
       </c>
       <c r="E64" t="s">
-        <v>411</v>
+        <v>374</v>
       </c>
     </row>
     <row r="65" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B65" t="s">
-        <v>422</v>
+        <v>385</v>
       </c>
       <c r="C65" t="s">
-        <v>423</v>
+        <v>386</v>
       </c>
       <c r="D65">
         <v>49</v>
       </c>
       <c r="E65" t="s">
-        <v>421</v>
+        <v>384</v>
       </c>
     </row>
     <row r="66" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B66" t="s">
-        <v>479</v>
+        <v>441</v>
       </c>
       <c r="C66" t="s">
-        <v>480</v>
+        <v>442</v>
       </c>
       <c r="D66">
         <v>55</v>
       </c>
       <c r="E66" t="s">
-        <v>478</v>
+        <v>440</v>
       </c>
     </row>
     <row r="67" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B67" t="s">
-        <v>487</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
-        <v>488</v>
+        <v>450</v>
       </c>
       <c r="D67">
         <v>87</v>
       </c>
       <c r="E67" t="s">
-        <v>483</v>
+        <v>445</v>
       </c>
     </row>
     <row r="68" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B68" t="s">
-        <v>489</v>
+        <v>451</v>
       </c>
       <c r="C68" t="s">
-        <v>490</v>
+        <v>452</v>
       </c>
       <c r="D68">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E68" t="s">
-        <v>486</v>
+        <v>448</v>
       </c>
     </row>
     <row r="69" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B69" t="s">
-        <v>491</v>
+        <v>453</v>
       </c>
       <c r="C69" t="s">
-        <v>492</v>
+        <v>454</v>
       </c>
       <c r="D69">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E69" t="s">
-        <v>493</v>
+        <v>455</v>
       </c>
     </row>
     <row r="70" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B70" t="s">
-        <v>498</v>
+        <v>460</v>
       </c>
       <c r="C70" t="s">
-        <v>499</v>
+        <v>461</v>
       </c>
       <c r="D70">
         <v>92</v>
       </c>
       <c r="E70" t="s">
-        <v>497</v>
+        <v>459</v>
       </c>
     </row>
     <row r="71" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B71" t="s">
-        <v>507</v>
+        <v>469</v>
       </c>
       <c r="C71" t="s">
-        <v>513</v>
+        <v>475</v>
       </c>
       <c r="D71">
         <v>82</v>
       </c>
       <c r="E71" t="s">
-        <v>501</v>
+        <v>463</v>
       </c>
     </row>
     <row r="72" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B72" t="s">
-        <v>508</v>
+        <v>470</v>
       </c>
       <c r="C72" t="s">
-        <v>509</v>
+        <v>471</v>
       </c>
       <c r="D72">
         <v>54</v>
       </c>
       <c r="E72" t="s">
-        <v>512</v>
+        <v>474</v>
       </c>
     </row>
     <row r="73" spans="2:5" hidden="1" x14ac:dyDescent="0.4">
       <c r="B73" t="s">
-        <v>510</v>
+        <v>472</v>
       </c>
       <c r="C73" t="s">
-        <v>511</v>
+        <v>473</v>
       </c>
       <c r="D73">
         <v>31</v>
       </c>
       <c r="E73" t="s">
-        <v>505</v>
+        <v>467</v>
       </c>
     </row>
     <row r="74" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B74" t="s">
-        <v>510</v>
+        <v>472</v>
       </c>
       <c r="C74" t="s">
-        <v>516</v>
+        <v>478</v>
       </c>
       <c r="D74">
         <v>32</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>517</v>
+        <v>479</v>
       </c>
     </row>
     <row r="75" spans="2:5" hidden="1" x14ac:dyDescent="0.4">
       <c r="B75" t="s">
-        <v>518</v>
+        <v>480</v>
       </c>
       <c r="C75" t="s">
-        <v>519</v>
+        <v>481</v>
       </c>
       <c r="D75">
         <v>46</v>
       </c>
       <c r="E75" t="s">
-        <v>520</v>
+        <v>482</v>
       </c>
     </row>
     <row r="76" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B76" t="s">
-        <v>518</v>
+        <v>480</v>
       </c>
       <c r="C76" t="s">
-        <v>524</v>
+        <v>486</v>
       </c>
       <c r="D76">
         <v>46</v>
       </c>
       <c r="E76" t="s">
-        <v>520</v>
+        <v>482</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40A2A3A0-A7C4-4663-8522-1C8919119FF0}">
   <dimension ref="A1:E54"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D19" sqref="D19"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A20" sqref="A20:XFD20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="17.375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="58.5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A1" t="s">
-        <v>303</v>
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A4" t="s">
-        <v>456</v>
+        <v>533</v>
       </c>
       <c r="B4" t="s">
-        <v>457</v>
+        <v>534</v>
       </c>
       <c r="C4" t="s">
-        <v>461</v>
+        <v>535</v>
       </c>
       <c r="D4">
         <v>51</v>
       </c>
       <c r="E4" t="s">
-        <v>307</v>
+        <v>277</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B5" t="s">
-        <v>458</v>
+        <v>536</v>
       </c>
       <c r="C5" t="s">
-        <v>462</v>
+        <v>537</v>
       </c>
       <c r="D5">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
-        <v>310</v>
+        <v>278</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B6" t="s">
-        <v>459</v>
+        <v>538</v>
       </c>
       <c r="C6" t="s">
-        <v>463</v>
+        <v>539</v>
       </c>
       <c r="D6">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E6" t="s">
-        <v>313</v>
+        <v>279</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B7" t="s">
-        <v>460</v>
+      <c r="B7" s="1" t="s">
+        <v>541</v>
       </c>
       <c r="C7" t="s">
-        <v>464</v>
+        <v>540</v>
       </c>
       <c r="D7">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>44</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A8" t="s">
-        <v>304</v>
+        <v>419</v>
       </c>
       <c r="B8" t="s">
-        <v>305</v>
+        <v>420</v>
       </c>
       <c r="C8" t="s">
-        <v>306</v>
+        <v>424</v>
       </c>
       <c r="D8">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E8" t="s">
-        <v>307</v>
+        <v>277</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B9" t="s">
-        <v>308</v>
+        <v>421</v>
       </c>
       <c r="C9" t="s">
-        <v>309</v>
+        <v>425</v>
       </c>
       <c r="D9">
         <v>32</v>
       </c>
       <c r="E9" t="s">
-        <v>310</v>
+        <v>278</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B10" t="s">
-        <v>311</v>
+        <v>422</v>
       </c>
       <c r="C10" t="s">
-        <v>312</v>
+        <v>426</v>
       </c>
       <c r="D10">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E10" t="s">
-        <v>313</v>
+        <v>279</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B11" t="s">
-        <v>314</v>
+        <v>423</v>
       </c>
       <c r="C11" t="s">
-        <v>315</v>
+        <v>427</v>
       </c>
       <c r="D11">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E11" t="s">
-        <v>192</v>
+        <v>177</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A12" t="s">
+      <c r="B12" t="s">
+        <v>292</v>
+      </c>
+      <c r="C12" t="s">
+        <v>542</v>
+      </c>
+      <c r="D12">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.4">
+      <c r="A13" t="s">
         <v>39</v>
       </c>
-      <c r="B12" t="s">
-[...5 lines deleted...]
-      <c r="D12">
+      <c r="B13" t="s">
+        <v>280</v>
+      </c>
+      <c r="C13" t="s">
+        <v>281</v>
+      </c>
+      <c r="D13">
         <v>62</v>
       </c>
-      <c r="E12" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>321</v>
+        <v>282</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B14" t="s">
-        <v>322</v>
+        <v>283</v>
       </c>
       <c r="C14" t="s">
-        <v>471</v>
+        <v>284</v>
       </c>
       <c r="D14">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E14" t="s">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B15" t="s">
-        <v>323</v>
+        <v>286</v>
       </c>
       <c r="C15" t="s">
-        <v>472</v>
+        <v>434</v>
       </c>
       <c r="D15">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.4">
       <c r="B16" t="s">
-        <v>324</v>
+        <v>287</v>
       </c>
       <c r="C16" t="s">
-        <v>473</v>
+        <v>435</v>
       </c>
       <c r="D16">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E16" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B17" t="s">
-        <v>325</v>
+        <v>288</v>
       </c>
       <c r="C17" t="s">
-        <v>475</v>
+        <v>436</v>
       </c>
       <c r="D17">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="E17" t="s">
-        <v>210</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B18" t="s">
-        <v>326</v>
+        <v>289</v>
       </c>
       <c r="C18" t="s">
-        <v>327</v>
+        <v>437</v>
       </c>
       <c r="D18">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E18" t="s">
-        <v>58</v>
+        <v>183</v>
       </c>
     </row>
     <row r="19" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B19" t="s">
-        <v>328</v>
+        <v>290</v>
       </c>
       <c r="C19" t="s">
-        <v>474</v>
+        <v>291</v>
       </c>
       <c r="D19">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B20" t="s">
-        <v>329</v>
+        <v>293</v>
       </c>
       <c r="C20" t="s">
-        <v>330</v>
+        <v>543</v>
       </c>
       <c r="D20">
         <v>64</v>
       </c>
       <c r="E20" t="s">
-        <v>331</v>
+        <v>294</v>
       </c>
     </row>
     <row r="21" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B21" t="s">
-        <v>332</v>
+        <v>295</v>
       </c>
       <c r="C21" t="s">
-        <v>333</v>
+        <v>296</v>
       </c>
       <c r="D21">
         <v>98</v>
       </c>
       <c r="E21" t="s">
-        <v>334</v>
+        <v>297</v>
       </c>
     </row>
     <row r="22" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B22" t="s">
-        <v>335</v>
+        <v>298</v>
       </c>
       <c r="C22" t="s">
-        <v>336</v>
+        <v>299</v>
       </c>
       <c r="D22">
         <v>70</v>
       </c>
       <c r="E22" t="s">
-        <v>337</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B23" t="s">
-        <v>338</v>
+        <v>301</v>
       </c>
       <c r="C23" t="s">
-        <v>339</v>
+        <v>302</v>
       </c>
       <c r="D23">
         <v>59</v>
       </c>
       <c r="E23" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="24" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B24" t="s">
-        <v>340</v>
+        <v>303</v>
       </c>
       <c r="C24" t="s">
-        <v>341</v>
+        <v>304</v>
       </c>
       <c r="D24">
         <v>53</v>
       </c>
       <c r="E24" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="25" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B25" t="s">
-        <v>342</v>
+        <v>305</v>
       </c>
       <c r="C25" t="s">
-        <v>343</v>
+        <v>306</v>
       </c>
       <c r="D25">
         <v>94</v>
       </c>
       <c r="E25" t="s">
-        <v>344</v>
+        <v>307</v>
       </c>
     </row>
     <row r="26" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B26" t="s">
-        <v>345</v>
+        <v>308</v>
       </c>
       <c r="C26" t="s">
-        <v>346</v>
+        <v>309</v>
       </c>
       <c r="D26">
         <v>109</v>
       </c>
       <c r="E26" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="27" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B27" t="s">
-        <v>347</v>
+        <v>310</v>
       </c>
       <c r="C27" t="s">
-        <v>348</v>
+        <v>311</v>
       </c>
       <c r="D27">
         <v>45</v>
       </c>
       <c r="E27" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="28" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B28" t="s">
-        <v>349</v>
+        <v>312</v>
       </c>
       <c r="C28" t="s">
-        <v>350</v>
+        <v>313</v>
       </c>
       <c r="D28">
         <v>32</v>
       </c>
       <c r="E28" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="29" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B29" t="s">
-        <v>351</v>
+        <v>314</v>
       </c>
       <c r="C29" t="s">
-        <v>352</v>
+        <v>315</v>
       </c>
       <c r="D29">
         <v>51</v>
       </c>
       <c r="E29" t="s">
-        <v>353</v>
+        <v>316</v>
       </c>
     </row>
     <row r="30" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B30" t="s">
-        <v>354</v>
+        <v>317</v>
       </c>
       <c r="C30" t="s">
-        <v>355</v>
+        <v>318</v>
       </c>
       <c r="D30">
         <v>9</v>
       </c>
       <c r="E30" t="s">
-        <v>237</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B31" t="s">
-        <v>356</v>
+        <v>319</v>
       </c>
       <c r="C31" t="s">
-        <v>357</v>
+        <v>320</v>
       </c>
       <c r="D31">
         <v>49</v>
       </c>
       <c r="E31" t="s">
-        <v>358</v>
+        <v>321</v>
       </c>
     </row>
     <row r="32" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B32" t="s">
-        <v>359</v>
+        <v>322</v>
       </c>
       <c r="C32" t="s">
-        <v>360</v>
+        <v>323</v>
       </c>
       <c r="D32">
         <v>28</v>
       </c>
       <c r="E32" t="s">
-        <v>361</v>
+        <v>324</v>
       </c>
     </row>
     <row r="33" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B33" t="s">
-        <v>362</v>
+        <v>325</v>
       </c>
       <c r="C33" t="s">
-        <v>363</v>
+        <v>326</v>
       </c>
       <c r="D33">
         <v>73</v>
       </c>
       <c r="E33" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="34" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B34" t="s">
-        <v>364</v>
+        <v>327</v>
       </c>
       <c r="C34" t="s">
-        <v>365</v>
+        <v>328</v>
       </c>
       <c r="D34">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E34" t="s">
-        <v>247</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B35" t="s">
-        <v>366</v>
+        <v>329</v>
       </c>
       <c r="C35" t="s">
-        <v>367</v>
+        <v>330</v>
       </c>
       <c r="D35">
         <v>66</v>
       </c>
       <c r="E35" t="s">
-        <v>250</v>
+        <v>223</v>
       </c>
     </row>
     <row r="36" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B36" t="s">
-        <v>368</v>
+        <v>331</v>
       </c>
       <c r="C36" t="s">
-        <v>369</v>
+        <v>332</v>
       </c>
       <c r="D36">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>253</v>
+        <v>226</v>
       </c>
     </row>
     <row r="37" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B37" t="s">
-        <v>370</v>
+        <v>333</v>
       </c>
       <c r="C37" t="s">
-        <v>371</v>
+        <v>334</v>
       </c>
       <c r="D37">
         <v>54</v>
       </c>
       <c r="E37" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="38" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B38" t="s">
-        <v>372</v>
+        <v>335</v>
       </c>
       <c r="C38" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="D38">
         <v>44</v>
       </c>
       <c r="E38" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="39" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B39" t="s">
-        <v>374</v>
+        <v>337</v>
       </c>
       <c r="C39" t="s">
-        <v>375</v>
+        <v>338</v>
       </c>
       <c r="D39">
         <v>60</v>
       </c>
       <c r="E39" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="40" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B40" t="s">
-        <v>376</v>
+        <v>339</v>
       </c>
       <c r="C40" t="s">
-        <v>377</v>
+        <v>340</v>
       </c>
       <c r="D40">
         <v>30</v>
       </c>
       <c r="E40" t="s">
-        <v>378</v>
+        <v>341</v>
       </c>
     </row>
     <row r="41" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B41" t="s">
-        <v>379</v>
+        <v>342</v>
       </c>
       <c r="C41" t="s">
-        <v>380</v>
+        <v>343</v>
       </c>
       <c r="D41">
         <v>130</v>
       </c>
       <c r="E41" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="42" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B42" t="s">
-        <v>381</v>
+        <v>344</v>
       </c>
       <c r="C42" t="s">
-        <v>382</v>
+        <v>345</v>
       </c>
       <c r="D42">
         <v>106</v>
       </c>
       <c r="E42" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="43" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B43" t="s">
-        <v>383</v>
+        <v>346</v>
       </c>
       <c r="C43" t="s">
-        <v>384</v>
+        <v>347</v>
       </c>
       <c r="D43">
         <v>176</v>
       </c>
       <c r="E43" t="s">
-        <v>269</v>
+        <v>242</v>
       </c>
     </row>
     <row r="44" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B44" t="s">
-        <v>385</v>
+        <v>348</v>
       </c>
       <c r="C44" t="s">
-        <v>386</v>
+        <v>349</v>
       </c>
       <c r="D44">
         <v>35</v>
       </c>
       <c r="E44" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="45" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B45" t="s">
-        <v>387</v>
+        <v>350</v>
       </c>
       <c r="C45" t="s">
-        <v>388</v>
+        <v>351</v>
       </c>
       <c r="D45">
         <v>27</v>
       </c>
       <c r="E45" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="46" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B46" t="s">
-        <v>389</v>
+        <v>352</v>
       </c>
       <c r="C46" t="s">
-        <v>390</v>
+        <v>353</v>
       </c>
       <c r="D46">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="47" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B47" t="s">
-        <v>391</v>
+        <v>354</v>
       </c>
       <c r="C47" t="s">
-        <v>392</v>
+        <v>355</v>
       </c>
       <c r="D47">
         <v>114</v>
       </c>
       <c r="E47" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="48" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B48" t="s">
-        <v>393</v>
+        <v>356</v>
       </c>
       <c r="C48" t="s">
-        <v>394</v>
+        <v>357</v>
       </c>
       <c r="D48">
         <v>41</v>
       </c>
       <c r="E48" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="49" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B49" t="s">
-        <v>395</v>
+        <v>358</v>
       </c>
       <c r="C49" t="s">
-        <v>396</v>
+        <v>359</v>
       </c>
       <c r="D49">
         <v>135</v>
       </c>
       <c r="E49" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="50" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B50" t="s">
-        <v>397</v>
+        <v>360</v>
       </c>
       <c r="C50" t="s">
-        <v>469</v>
+        <v>432</v>
       </c>
       <c r="D50">
         <v>59</v>
       </c>
       <c r="E50" t="s">
-        <v>468</v>
+        <v>431</v>
       </c>
     </row>
     <row r="51" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B51" t="s">
-        <v>398</v>
+        <v>361</v>
       </c>
       <c r="C51" t="s">
-        <v>399</v>
+        <v>362</v>
       </c>
       <c r="D51">
         <v>66</v>
       </c>
       <c r="E51" t="s">
-        <v>400</v>
+        <v>363</v>
       </c>
     </row>
     <row r="52" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B52" t="s">
-        <v>401</v>
+        <v>364</v>
       </c>
       <c r="C52" t="s">
-        <v>402</v>
+        <v>365</v>
       </c>
       <c r="D52">
         <v>71</v>
       </c>
       <c r="E52" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="53" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B53" t="s">
-        <v>403</v>
+        <v>366</v>
       </c>
       <c r="C53" t="s">
-        <v>404</v>
+        <v>367</v>
       </c>
       <c r="D53">
         <v>71</v>
       </c>
       <c r="E53" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="54" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B54" t="s">
-        <v>405</v>
+        <v>368</v>
       </c>
       <c r="C54" t="s">
-        <v>406</v>
+        <v>369</v>
       </c>
       <c r="D54">
         <v>91</v>
       </c>
       <c r="E54" t="s">
-        <v>407</v>
+        <v>370</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>